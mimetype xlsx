--- v0 (2025-10-23)
+++ v1 (2026-03-22)
@@ -1,191 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10420"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11130"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/noah/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/jan.kniese/Downloads/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{202D3CAF-2ED0-DC4C-AC5A-4B2EBA8AC394}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5252F41D-4000-7D43-8993-8D94DA2D8136}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="35880" yWindow="-3200" windowWidth="34200" windowHeight="19440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="780" windowWidth="34200" windowHeight="19440" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Angebotsformular an Kunde" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="S3" i="3" l="1"/>
+  <c r="S2" i="3"/>
   <c r="Q3" i="3" l="1"/>
   <c r="R3" i="3"/>
   <c r="R2" i="3"/>
   <c r="Q2" i="3"/>
   <c r="N3" i="3"/>
   <c r="N2" i="3"/>
   <c r="O18" i="3"/>
   <c r="N21" i="3" s="1"/>
   <c r="N18" i="3" l="1"/>
   <c r="N20" i="3" l="1"/>
   <c r="N25" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Lot-Nr</t>
   </si>
   <si>
     <t>Erzeuger</t>
   </si>
   <si>
     <t>Weinname</t>
   </si>
   <si>
     <t>Jahrgang</t>
   </si>
   <si>
     <t>Flaschengröße</t>
   </si>
   <si>
     <t>Anzahl Flaschen</t>
   </si>
   <si>
     <t>Verpackung</t>
   </si>
   <si>
     <t>Zustand Kapsel</t>
   </si>
   <si>
     <t>Zustand Etikett</t>
   </si>
   <si>
     <t>Erwarteter Marktpreis je Flasche (durch Lobenbergs zu befüllen)</t>
   </si>
   <si>
-    <t>Beispielartikel</t>
-[...4 lines deleted...]
-  <si>
     <t>Summe</t>
   </si>
   <si>
     <t>Füllstand (Auswahl) - Bordeaux-Flaschen</t>
   </si>
   <si>
     <t>Füllniveau (in cm) - Burgunder-, Champagnerflaschen und ähnliche</t>
   </si>
   <si>
-    <t>top shoulder</t>
-[...7 lines deleted...]
-  <si>
     <t>Erwarteter Marktpreis insgesamt (durch Lobenbergs zu befüllen)</t>
   </si>
   <si>
     <t>Auszahlung nach Provison &amp; Bearbeitungsgebühr</t>
   </si>
   <si>
-    <t>lose</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Verkaufsprovision - 25% </t>
   </si>
   <si>
     <t>Bearbeitungsgebühren  - 5 EUR je Lot</t>
   </si>
   <si>
-    <t>Weinklimaschrank</t>
-[...1 lines deleted...]
-  <si>
     <t>Art der Lagerung</t>
   </si>
   <si>
-    <t>750 ml</t>
-[...7 lines deleted...]
-  <si>
     <t>Anzahl der Lots (durch Lobenbergs zu befüllen)</t>
   </si>
   <si>
     <t>Erwarteter Marktpreis pro Kiste/Mischlot (durch Lobenbergs zu befüllen)</t>
   </si>
   <si>
     <t>Angepasster Preis je Flasche/Kiste  nach 100 Tagen (durch Lobenbergs zu befüllen)</t>
   </si>
   <si>
     <t>Angepasster Preis je Flasche/Kiste nach 300 Tagen (durch Lobenbergs zu befüllen)</t>
+  </si>
+  <si>
+    <t>Mindestpreis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0&quot;cm&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -502,546 +477,523 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:AE28"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="G1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="K1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="Q4" sqref="Q4"/>
+      <selection pane="bottomLeft" activeCell="S2" sqref="S2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="7.33203125" customWidth="1"/>
     <col min="2" max="2" width="18" customWidth="1"/>
     <col min="3" max="3" width="26.1640625" customWidth="1"/>
     <col min="4" max="4" width="8.83203125" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
     <col min="6" max="6" width="13.33203125" customWidth="1"/>
     <col min="7" max="7" width="10.6640625" customWidth="1"/>
     <col min="8" max="8" width="11.1640625" customWidth="1"/>
     <col min="9" max="9" width="19.33203125" customWidth="1"/>
     <col min="10" max="10" width="10" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="13.83203125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="15.6640625" customWidth="1"/>
     <col min="13" max="13" width="38.83203125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="28.6640625" customWidth="1"/>
     <col min="15" max="15" width="9.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31" ht="98" x14ac:dyDescent="0.15">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="5" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="I1" s="5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>8</v>
       </c>
       <c r="L1" s="5" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="M1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="N1" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="O1" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P1" s="9" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="Q1" s="9" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="R1" s="9" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="S1" s="2"/>
+        <v>21</v>
+      </c>
+      <c r="S1" s="9" t="s">
+        <v>22</v>
+      </c>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
       <c r="AA1" s="2"/>
       <c r="AB1" s="2"/>
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
       <c r="AE1" s="2"/>
     </row>
     <row r="2" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A2" s="1">
         <v>1</v>
       </c>
-      <c r="B2" s="1" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="1"/>
+      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
       <c r="H2" s="1"/>
-      <c r="I2" s="6">
-[...10 lines deleted...]
-      </c>
+      <c r="I2" s="6"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
       <c r="M2" s="15"/>
       <c r="N2" s="15">
         <f>IF(M2="",O2*P2,M2*F2)</f>
-        <v>600</v>
-[...6 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="O2" s="10"/>
+      <c r="P2" s="19"/>
       <c r="Q2" s="19">
         <f>ROUND(IF(P2="",M2,P2)*0.9,0)</f>
-        <v>540</v>
+        <v>0</v>
       </c>
       <c r="R2" s="19">
         <f>ROUND(IF(P2="",M2,P2)*0.8,0)</f>
-        <v>480</v>
+        <v>0</v>
+      </c>
+      <c r="S2" s="19">
+        <f>ROUND(IF(P2="",M2,P2)*0.75,0)</f>
+        <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="1">
         <v>2</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
+      <c r="E3" s="1"/>
+      <c r="F3" s="1"/>
+      <c r="G3" s="1"/>
+      <c r="H3" s="1"/>
+      <c r="J3" s="1"/>
       <c r="K3" s="1"/>
-      <c r="L3" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L3" s="1"/>
+      <c r="M3" s="16"/>
       <c r="N3" s="16">
         <f>IF(M3="",O3*P3,M3*F3)</f>
-        <v>1200</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="O3" s="7"/>
       <c r="P3" s="19"/>
       <c r="Q3" s="19">
         <f>ROUND(IF(P3="",M3,P3)*0.9,0)</f>
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="R3" s="19">
         <f>ROUND(IF(P3="",M3,P3)*0.8,0)</f>
-        <v>160</v>
+        <v>0</v>
+      </c>
+      <c r="S3" s="19">
+        <f>ROUND(IF(P3="",M3,P3)*0.75,0)</f>
+        <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="1">
         <v>3</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="E4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
+      <c r="S4" s="7"/>
     </row>
     <row r="5" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A5" s="1">
         <v>4</v>
       </c>
       <c r="E5" s="1"/>
       <c r="H5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="M5" s="7"/>
       <c r="N5" s="7"/>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
       <c r="R5" s="7"/>
+      <c r="S5" s="7"/>
     </row>
     <row r="6" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="1">
         <v>5</v>
       </c>
       <c r="E6" s="1"/>
       <c r="H6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
+      <c r="S6" s="7"/>
     </row>
     <row r="7" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="1">
         <v>6</v>
       </c>
       <c r="E7" s="1"/>
       <c r="H7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="M7" s="7"/>
       <c r="N7" s="7"/>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
       <c r="R7" s="7"/>
+      <c r="S7" s="7"/>
     </row>
     <row r="8" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="1">
         <v>7</v>
       </c>
       <c r="E8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="6"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="7"/>
+      <c r="S8" s="7"/>
     </row>
     <row r="9" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="1">
         <v>8</v>
       </c>
       <c r="E9" s="1"/>
       <c r="H9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
       <c r="R9" s="7"/>
+      <c r="S9" s="7"/>
     </row>
     <row r="10" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="1">
         <v>9</v>
       </c>
       <c r="E10" s="1"/>
       <c r="H10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="7"/>
+      <c r="S10" s="7"/>
     </row>
     <row r="11" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="1">
         <v>10</v>
       </c>
       <c r="E11" s="1"/>
       <c r="H11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
+      <c r="S11" s="7"/>
     </row>
     <row r="12" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="1">
         <v>11</v>
       </c>
       <c r="E12" s="1"/>
       <c r="H12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
       <c r="R12" s="7"/>
+      <c r="S12" s="7"/>
     </row>
     <row r="13" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="1">
         <v>12</v>
       </c>
       <c r="E13" s="1"/>
       <c r="H13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="7"/>
+      <c r="S13" s="7"/>
     </row>
     <row r="14" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A14" s="1">
         <v>13</v>
       </c>
       <c r="E14" s="1"/>
       <c r="H14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="M14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
       <c r="R14" s="7"/>
+      <c r="S14" s="7"/>
     </row>
     <row r="15" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A15" s="1">
         <v>14</v>
       </c>
       <c r="E15" s="1"/>
       <c r="H15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
       <c r="R15" s="7"/>
+      <c r="S15" s="7"/>
     </row>
     <row r="16" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A16" s="1">
         <v>15</v>
       </c>
       <c r="E16" s="1"/>
       <c r="H16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
       <c r="R16" s="7"/>
+      <c r="S16" s="7"/>
     </row>
     <row r="17" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="3">
         <v>16</v>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="4"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="7"/>
-[...2 lines deleted...]
-      <c r="S17" s="3"/>
+      <c r="P17" s="8"/>
+      <c r="Q17" s="8"/>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="18" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="M18" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="N18" s="17">
         <f>SUM(N2:N17)</f>
-        <v>1800</v>
+        <v>0</v>
       </c>
       <c r="O18" s="1">
         <f>SUM(O2:O17)</f>
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C19" s="13"/>
       <c r="E19" s="14"/>
       <c r="F19" s="14"/>
       <c r="G19" s="14"/>
       <c r="N19" s="18"/>
     </row>
     <row r="20" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C20" s="1"/>
       <c r="G20" s="11"/>
       <c r="M20" s="11" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="N20" s="18">
         <f>N18*25%</f>
-        <v>450</v>
+        <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:31" ht="14" x14ac:dyDescent="0.15">
       <c r="C21" s="1"/>
       <c r="M21" s="12" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="N21" s="18">
         <f>O18*5</f>
-        <v>35</v>
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C22" s="1"/>
       <c r="M22" s="11"/>
       <c r="N22" s="18"/>
     </row>
     <row r="23" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="C23" s="1"/>
       <c r="N23" s="18"/>
     </row>
     <row r="24" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="1"/>
       <c r="N24" s="18"/>
     </row>
     <row r="25" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="F25" s="11"/>
       <c r="M25" s="11" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="N25" s="18">
         <f>N18-N20-N21</f>
-        <v>1315</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="F26" s="11"/>
     </row>
     <row r="27" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="F27" s="11"/>
     </row>
     <row r="28" spans="1:31" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="F28" s="11"/>
     </row>
   </sheetData>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="J2:J16" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"0 - ohne Kapsel,1 - sehr gut,2 - gut,3 - befriedigend ,4 - ausreichend,5 - mangelhaft ,6 - ungenügend"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="K2:K16" xr:uid="{00000000-0002-0000-0200-000003000000}">
       <formula1>"0 - ohne Etikett,1 - sehr gut,2 - gut,3 - befriedigend ,4 - ausreichend,5 - mangelhaft ,6 - ungenügend"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="H2:H16" xr:uid="{00000000-0002-0000-0200-000004000000}">
       <formula1>"high fill,into neck,top shoulder,high shoulder,mid shoulder,low shoulder"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="E2:E17" xr:uid="{67E2C17A-99D5-C341-9376-20D50E0FB0F2}">
       <formula1>"375 ml,750 ml,1500 ml,3000 ml,6000 ml,9000 ml,12000 ml,15000 ml"</formula1>
     </dataValidation>